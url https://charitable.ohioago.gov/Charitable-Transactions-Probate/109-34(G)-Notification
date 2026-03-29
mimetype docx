--- v0 (2025-10-16)
+++ v1 (2026-03-29)
@@ -1,61 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="68F5A4E0" w14:textId="77777777" w:rsidR="00986A44" w:rsidRDefault="00986A44" w:rsidP="009E4D0E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk36239190"/>
     </w:p>
@@ -2479,51 +2477,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED16A8">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED16A8">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED16A8">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1575293A" w14:textId="15E30ACB" w:rsidR="00EA4EBB" w:rsidRPr="00EC13E8" w:rsidRDefault="00EA3919" w:rsidP="009E4D0E">
+    <w:p w14:paraId="1575293A" w14:textId="15E30ACB" w:rsidR="00EA4EBB" w:rsidRDefault="00EA3919" w:rsidP="009E4D0E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10260"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2534,88 +2532,303 @@
       </w:pPr>
       <w:r w:rsidRPr="00ED16A8">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED16A8">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED16A8">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:tab/>
         <w:t>Phone Number</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00EA4EBB" w:rsidRPr="00EC13E8" w:rsidSect="008E280F">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:p w14:paraId="41DB4407" w14:textId="77777777" w:rsidR="00972EB9" w:rsidRDefault="00972EB9" w:rsidP="009E4D0E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1080"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10260"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12B9C507" w14:textId="77777777" w:rsidR="00972EB9" w:rsidRPr="00ED16A8" w:rsidRDefault="00972EB9" w:rsidP="00972EB9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1080"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10260"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC86A0B" w14:textId="76E835F3" w:rsidR="00972EB9" w:rsidRPr="00EC13E8" w:rsidRDefault="00972EB9" w:rsidP="00972EB9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1080"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10260"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED16A8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>E-mail Address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BC3B59" w14:textId="77777777" w:rsidR="00972EB9" w:rsidRPr="00EC13E8" w:rsidRDefault="00972EB9" w:rsidP="009E4D0E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1080"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10260"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00972EB9" w:rsidRPr="00EC13E8" w:rsidSect="008E280F">
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="2520" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="510" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="627D5685" w14:textId="77777777" w:rsidR="007E6FAD" w:rsidRDefault="007E6FAD">
+    <w:p w14:paraId="137970E4" w14:textId="77777777" w:rsidR="00302409" w:rsidRDefault="00302409">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CFEE244" w14:textId="77777777" w:rsidR="007E6FAD" w:rsidRDefault="007E6FAD">
+    <w:p w14:paraId="76074ADF" w14:textId="77777777" w:rsidR="00302409" w:rsidRDefault="00302409">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2623,110 +2836,98 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
-    <w:altName w:val="Garamond"/>
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59D7D3B7" w14:textId="355D07DB" w:rsidR="00EC13E8" w:rsidRDefault="00EC13E8" w:rsidP="00986A44">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7D4EF9F3" w14:textId="77777777" w:rsidR="00EC13E8" w:rsidRDefault="00EC13E8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="7FE11C3B" w14:textId="4D0DBBFF" w:rsidR="009B520B" w:rsidRPr="00476AA0" w:rsidRDefault="00476AA0" w:rsidP="00476AA0">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7FE11C3B" w14:textId="77777777" w:rsidR="009B520B" w:rsidRPr="00476AA0" w:rsidRDefault="00476AA0" w:rsidP="00476AA0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="360" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="352CC99B" wp14:editId="123F13AE">
               <wp:extent cx="6062472" cy="0"/>
               <wp:effectExtent l="0" t="0" r="14605" b="19050"/>
               <wp:docPr id="3" name="Straight Connector 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
@@ -2741,201 +2942,132 @@
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="dk1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="dk1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="dk1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line id="Straight Connector 3" o:spid="_x0000_s1026" style="flip:x;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="477.35pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjR7iL1QEAAOoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Ll1g0Eyzk4SHoo&#10;WqNJP4ChSIkoX1iylvz3XVKyGjRFDkEuBB87szO7y931aDQ5CQjK2YauVyUlwnLXKts19OfD7Ycr&#10;SkJktmXaWdHQswj0ev/+3W7wtahc73QrgCCJDfXgG9rH6OuiCLwXhoWV88Lio3RgWMQjdEULbEB2&#10;o4uqLLfF4KD14LgIAW9vpke6z/xSCh6/SxlEJLqhqC3mFfL6mNZiv2N1B8z3is8y2CtUGKYsJl2o&#10;blhk5DeoZ1RGcXDBybjizhROSsVF9oBu1uU/bu575kX2gsUJfilTeDta/u10BKLahm4oscxgi+4j&#10;MNX1kRyctVhAB2ST6jT4UGP4wR5hPgV/hGR6lGCI1Mp/wRHIZUBjZMxVPi9VFmMkHC+35bb6+Lmi&#10;hF/eiokiUXkI8U44Q9KmoVrZVABWs9PXEDEthl5C0rW2ZEDGzSfsLTcebQTbTU0VufszKmmf1OZd&#10;PGsxwX8Iie5R1SanyXMnDhrIieHEtL/WiQyTaouRCSKV1guofBk0xybYpGYBVi8Dl+ic0dm4AI2y&#10;Dv4HjuNFqpziUfYTr2n76Npz7l1+wIHKzubhTxP79Jzhf7/o/g8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQBALkzl2QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvQv/DMoIXsZuWWmPMpkjA&#10;g+BBU8HrNjsmodnZmJ228d879aKXB483vPdNvpl8r444xi6QgcU8AYVUB9dRY+B9+3STgopsydk+&#10;EBr4xgibYnaR28yFE73hseJGSQnFzBpomYdM61i36G2chwFJss8westix0a70Z6k3Pd6mSRr7W1H&#10;stDaAcsW63118AZepip+rFyZlq9fz/vAy1RX17UxV5fT4wMoxon/juGML+hQCNMuHMhF1RuQR/hX&#10;Jbu/Xd2B2p2tLnL9H734AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAONHuIvVAQAA6gMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEAuTOXZAAAA&#10;AgEAAA8AAAAAAAAAAAAAAAAALwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+            <v:line w14:anchorId="3CE4411D" id="Straight Connector 3" o:spid="_x0000_s1026" style="flip:x;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="477.35pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMtnVatwEAALsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P3DAQvSP1P1i+d5MNdEHRZjmAoIcK&#10;ENAfYOzxxqq/ZLub7L9n7OwGRCsOVS+W45n35r2ZyfpyNJrsIETlbEeXi5oSsNwJZbcd/fl88/WC&#10;kpiYFUw7Cx3dQ6SXmy8n68G30LjeaQGBIImN7eA72qfk26qKvAfD4sJ5sBiULhiW8DNsKxHYgOxG&#10;V01dr6rBBeGD4xAjvl5PQbop/FICT/dSRkhEdxS1pXKGcr7ks9qsWbsNzPeKH2Swf1BhmLJYdKa6&#10;ZomR30H9QWUUDy46mRbcmcpJqTgUD+hmWX9w89QzD8ULNif6uU3x/9Hyu92VfQjYhsHHNvqHkF2M&#10;MhgitfLfcabFFyolY2nbfm4bjIlwfFzVq+bsvKGEH2PVRJGpfIjpFpwh+dJRrWx2xFq2+xETlsXU&#10;Y0p+1pYMyHj6DYfFjRcdjXY7TQnKOA+oN7XllvYaJvgjSKIEqjotZcoiwZUOZMdwBcSvZSbDotpi&#10;ZoZIpfUMqj8HHXIzbFIzA5vPgXN2qehsmoFGWRf+Bk7jUaqc8lH2O6/5+uLEvsyuBHBDirPDNucV&#10;fP9d4G//3OYVAAD//wMAUEsDBBQABgAIAAAAIQBALkzl2QAAAAIBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BS8NAEIXvQv/DMoIXsZuWWmPMpkjAg+BBU8HrNjsmodnZmJ228d879aKXB483vPdNvpl8&#10;r444xi6QgcU8AYVUB9dRY+B9+3STgopsydk+EBr4xgibYnaR28yFE73hseJGSQnFzBpomYdM61i3&#10;6G2chwFJss8westix0a70Z6k3Pd6mSRr7W1HstDaAcsW63118AZepip+rFyZlq9fz/vAy1RX17Ux&#10;V5fT4wMoxon/juGML+hQCNMuHMhF1RuQR/hXJbu/Xd2B2p2tLnL9H734AQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAAy2dVq3AQAAuwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAEAuTOXZAAAAAgEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="002C14D8">
-[...4 lines deleted...]
-    </w:r>
     <w:r w:rsidR="004B5FC6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t xml:space="preserve">0 E. </w:t>
+      <w:t>150 E. Gay Street, 23</w:t>
     </w:r>
-    <w:r w:rsidR="002C14D8">
-[...29 lines deleted...]
-    <w:r w:rsidR="002C14D8">
+    <w:r w:rsidR="004B5FC6" w:rsidRPr="004B5FC6">
       <w:rPr>
         <w:noProof/>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
-      <w:t>th</w:t>
+      <w:t>rd</w:t>
     </w:r>
     <w:r w:rsidR="004B5FC6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> Floor</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="004B5FC6">
       <w:t>| Columbus, Ohio | 43215</w:t>
     </w:r>
     <w:r>
       <w:br/>
+      <w:t>www.OhioAttorneyGeneral.gov</w:t>
     </w:r>
-    <w:r w:rsidR="002C14D8">
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="179488A1" w14:textId="77777777" w:rsidR="007E6FAD" w:rsidRDefault="007E6FAD">
+    <w:p w14:paraId="348B30DE" w14:textId="77777777" w:rsidR="00302409" w:rsidRDefault="00302409">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="134FDFE1" w14:textId="77777777" w:rsidR="007E6FAD" w:rsidRDefault="007E6FAD">
+    <w:p w14:paraId="266F0A32" w14:textId="77777777" w:rsidR="00302409" w:rsidRDefault="00302409">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...19 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="317F05EC" w14:textId="77777777" w:rsidR="00A605B6" w:rsidRDefault="00EB26AB" w:rsidP="00EB26AB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="6845"/>
       </w:tabs>
       <w:ind w:left="-720" w:right="-720"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D43A82A" wp14:editId="37974081">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D43A82A" wp14:editId="37974081">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4572000</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>257620</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1714500" cy="428625"/>
               <wp:effectExtent l="0" t="0" r="0" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1714500" cy="428625"/>
                       </a:xfrm>
@@ -3119,51 +3251,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4D43A82A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:5in;margin-top:20.3pt;width:135pt;height:33.75pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIJH/bqwIAAKkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8rLnARQSdWGME3q&#10;XqR2P8ABE6yBzWwnpKv233c2IU1bTZq28cE67PNz99w9vsurQ9eiPVOaS5Hh8CLAiIlSVlxsM/z1&#10;vvBijLShoqKtFCzDD0zjq+XbN5dDn7JINrKtmEIAInQ69BlujOlT39dlwzqqL2TPBBzWUnXUwK/a&#10;+pWiA6B3rR8FwdwfpKp6JUumNezm4yFeOvy6ZqX5XNeaGdRmGHIzblVu3djVX17SdKto3/DymAb9&#10;iyw6ygUEPUHl1FC0U/wVVMdLJbWszUUpO1/WNS+Z4wBswuAFm7uG9sxxgeLo/lQm/f9gy0/7Lwrx&#10;KsMRRoJ20KJ7djDoRh4QsdUZep2C010PbuYA29Blx1T3t7L8ppGQq4aKLbtWSg4NoxVkF9qb/tnV&#10;EUdbkM3wUVYQhu6MdECHWnW2dFAMBOjQpYdTZ2wqpQ25CMksgKMSzkgUz6OZC0HT6XavtHnPZIes&#10;kWEFnXfodH+rjc2GppOLDSZkwdvWdb8VzzbAcdyB2HDVntksXDMfkyBZx+uYeCSarz0S5Ll3XayI&#10;Ny/CxSx/l69WefjTxg1J2vCqYsKGmYQVkj9r3FHioyRO0tKy5ZWFsylptd2sWoX2FIRduO9YkDM3&#10;/3kargjA5QWlMCLBTZR4xTxeeKQgMy9ZBLEXhMlNMg9IQvLiOaVbLti/U0JDhpMZ9NHR+S23wH2v&#10;udG04wZGR8u7DMcnJ5paCa5F5VprKG9H+6wUNv2nUkC7p0Y7wVqNjmo1h80BUKyKN7J6AOkqCcoC&#10;EcK8A6OR6gdGA8yODOvvO6oYRu0HAfK3g2Yy1GRsJoOKEq5m2GA0miszDqRdr/i2AeTxgQl5DU+k&#10;5k69T1kcHxbMA0fiOLvswDn/d15PE3b5CwAA//8DAFBLAwQUAAYACAAAACEA15p2jt0AAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70h7h8iTuLFkCJW1NJ0mBCckRFcOHNPGa6s1Tmmy&#10;rbw93gmOtj/9/v58O7tBnHEKvScN65UCgdR421Or4bN6vduACNGQNYMn1PCDAbbF4iY3mfUXKvG8&#10;j63gEAqZ0dDFOGZShqZDZ8LKj0h8O/jJmcjj1Eo7mQuHu0HeK5VIZ3riD50Z8bnD5rg/OQ27Lypf&#10;+u/3+qM8lH1VpYrekqPWt8t59wQi4hz/YLjqszoU7FT7E9kgBg2PHM+ohgeVgGAgTa+Lmkm1WYMs&#10;cvm/QvELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiCR/26sCAACpBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA15p2jt0AAAAKAQAADwAAAAAA&#10;AAAAAAAAAAAFBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAA8GAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:5in;margin-top:20.3pt;width:135pt;height:33.75pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2Lgxd1gEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJ2q4w4hRdiw4D&#10;uq1Atw+QZck2ZosaqcTOvn6UHKe7vA17EWiROjznkN7eTEMvDgapA1fK9SqXwjgNdeeaUn798vDm&#10;WgoKytWqB2dKeTQkb3avX21HX5gNtNDXBgWDOCpGX8o2BF9kGenWDIpW4I3jpAUcVOBPbLIa1cjo&#10;Q59t8vwqGwFrj6ANEd/ez0m5S/jWGh0+W0smiL6UzC2kE9NZxTPbbVXRoPJtp0801D+wGFTnuOkZ&#10;6l4FJfbY/QU1dBqBwIaVhiEDazttkgZWs87/UPPcKm+SFjaH/Nkm+n+w+tPh2T+hCNM7mHiASQT5&#10;R9DfSDi4a5VrzC0ijK1RNTdeR8uy0VNxehqtpoIiSDV+hJqHrPYBEtBkcYiusE7B6DyA49l0MwWh&#10;Y8u364vLnFOacxeb66vNZWqhiuW1RwrvDQwiBqVEHmpCV4dHCpGNKpaS2MzBQ9f3abC9++2CC+NN&#10;Yh8Jz9TDVE1cHVVUUB9ZB8K8J7zXHLSAP6QYeUdKSd/3Co0U/QfHXsSFWgJcgmoJlNP8tJRBijm8&#10;C/Pi7T12TcvIs9sObtkv2yUpLyxOPHnuSeFpR+Ni/fqdql7+pN1PAAAA//8DAFBLAwQUAAYACAAA&#10;ACEA15p2jt0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70h7h8iTuLFkCJW1NJ0m&#10;BCckRFcOHNPGa6s1Tmmyrbw93gmOtj/9/v58O7tBnHEKvScN65UCgdR421Or4bN6vduACNGQNYMn&#10;1PCDAbbF4iY3mfUXKvG8j63gEAqZ0dDFOGZShqZDZ8LKj0h8O/jJmcjj1Eo7mQuHu0HeK5VIZ3ri&#10;D50Z8bnD5rg/OQ27Lypf+u/3+qM8lH1VpYrekqPWt8t59wQi4hz/YLjqszoU7FT7E9kgBg2PHM+o&#10;hgeVgGAgTa+Lmkm1WYMscvm/QvELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANi4MXdYB&#10;AACRAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA15p2&#10;jt0AAAAKAQAADwAAAAAAAAAAAAAAAAAwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="18E2C1EC" w14:textId="77777777" w:rsidR="00110740" w:rsidRDefault="004B5FC6" w:rsidP="00DD39F3">
                     <w:pPr>
                       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Charitable Law Section</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="4E3627B1" w14:textId="77777777" w:rsidR="00110740" w:rsidRDefault="00915064" w:rsidP="00DD39F3">
                     <w:pPr>
                       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
@@ -3284,51 +3416,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
                     <w:r w:rsidR="004B5FC6">
                       <w:rPr>
                         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>9788</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00152912">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40926842" wp14:editId="4BB68C2F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40926842" wp14:editId="4BB68C2F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-450405</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-41275</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3004457" cy="1183912"/>
           <wp:effectExtent l="0" t="0" r="5715" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1" descr="Logo of Ohio Attorney General Dave Yost" title="Logo of Ohio Attorney General Dave Yost"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="black only no screens"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
@@ -3357,51 +3489,51 @@
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4D424FCE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4334,280 +4466,287 @@
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79783A78"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BCC43C8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="608706814">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2140490245">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="929892220">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1644046556">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="107091453">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1527523939">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2083940311">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="208804017">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1707875332">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="311452442">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="972638441">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="569198863">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="24332998">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="599877166">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="137769832">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1125849560">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1755738153">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1909223982">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="7F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE3E96"/>
     <w:rsid w:val="00064578"/>
     <w:rsid w:val="000C551B"/>
     <w:rsid w:val="00110740"/>
     <w:rsid w:val="00112B2C"/>
     <w:rsid w:val="00140CD1"/>
     <w:rsid w:val="00152912"/>
     <w:rsid w:val="00166A76"/>
     <w:rsid w:val="001C55CA"/>
     <w:rsid w:val="001F27A6"/>
     <w:rsid w:val="00222168"/>
     <w:rsid w:val="00237DCB"/>
     <w:rsid w:val="00240C40"/>
     <w:rsid w:val="00245920"/>
     <w:rsid w:val="00264D4E"/>
-    <w:rsid w:val="002C14D8"/>
+    <w:rsid w:val="00302409"/>
     <w:rsid w:val="00365ECD"/>
     <w:rsid w:val="003C32FD"/>
+    <w:rsid w:val="00406756"/>
     <w:rsid w:val="00456287"/>
     <w:rsid w:val="00457886"/>
     <w:rsid w:val="00466183"/>
     <w:rsid w:val="00476AA0"/>
     <w:rsid w:val="004B5FC6"/>
     <w:rsid w:val="004D20F6"/>
     <w:rsid w:val="004E5E84"/>
     <w:rsid w:val="004F727B"/>
     <w:rsid w:val="0050640B"/>
     <w:rsid w:val="00573C9D"/>
     <w:rsid w:val="00583A3D"/>
     <w:rsid w:val="00587B51"/>
     <w:rsid w:val="005C1D8E"/>
     <w:rsid w:val="005D197D"/>
     <w:rsid w:val="00650058"/>
     <w:rsid w:val="00660E21"/>
     <w:rsid w:val="00687441"/>
     <w:rsid w:val="006937A4"/>
     <w:rsid w:val="006C7A5A"/>
+    <w:rsid w:val="006D0C7F"/>
+    <w:rsid w:val="006E5390"/>
     <w:rsid w:val="0074776B"/>
     <w:rsid w:val="0077336A"/>
     <w:rsid w:val="007E6FAD"/>
     <w:rsid w:val="007E7F25"/>
     <w:rsid w:val="00804EDE"/>
     <w:rsid w:val="00807B85"/>
     <w:rsid w:val="008208C5"/>
     <w:rsid w:val="0083734E"/>
     <w:rsid w:val="00841739"/>
     <w:rsid w:val="00851228"/>
     <w:rsid w:val="00863664"/>
     <w:rsid w:val="00881497"/>
     <w:rsid w:val="008E280F"/>
     <w:rsid w:val="008F0C7C"/>
     <w:rsid w:val="00915064"/>
     <w:rsid w:val="009216E1"/>
     <w:rsid w:val="009625ED"/>
+    <w:rsid w:val="00972EB9"/>
     <w:rsid w:val="00986A44"/>
     <w:rsid w:val="0099638E"/>
     <w:rsid w:val="00996FDC"/>
     <w:rsid w:val="009B520B"/>
+    <w:rsid w:val="009C1B55"/>
     <w:rsid w:val="009E4D0E"/>
     <w:rsid w:val="00A5077C"/>
     <w:rsid w:val="00A605B6"/>
     <w:rsid w:val="00AD30A9"/>
     <w:rsid w:val="00AF532B"/>
     <w:rsid w:val="00B008FE"/>
     <w:rsid w:val="00B51A08"/>
     <w:rsid w:val="00B929B8"/>
     <w:rsid w:val="00BA07BF"/>
     <w:rsid w:val="00BE38AF"/>
     <w:rsid w:val="00C65FEF"/>
     <w:rsid w:val="00C734FB"/>
     <w:rsid w:val="00C95FAA"/>
     <w:rsid w:val="00CB3D4F"/>
     <w:rsid w:val="00CC328D"/>
     <w:rsid w:val="00D008EE"/>
+    <w:rsid w:val="00D5244C"/>
     <w:rsid w:val="00D56034"/>
     <w:rsid w:val="00D66FD5"/>
     <w:rsid w:val="00DA0C0B"/>
     <w:rsid w:val="00DB1BAA"/>
     <w:rsid w:val="00DD39F3"/>
     <w:rsid w:val="00DD5D2B"/>
     <w:rsid w:val="00DD659C"/>
     <w:rsid w:val="00DE3E96"/>
     <w:rsid w:val="00DF675B"/>
     <w:rsid w:val="00E05D6D"/>
     <w:rsid w:val="00E251C5"/>
     <w:rsid w:val="00E56996"/>
     <w:rsid w:val="00E647E5"/>
     <w:rsid w:val="00E7400A"/>
     <w:rsid w:val="00EA3919"/>
     <w:rsid w:val="00EA4EBB"/>
     <w:rsid w:val="00EB26AB"/>
     <w:rsid w:val="00EC13E8"/>
     <w:rsid w:val="00EC580A"/>
     <w:rsid w:val="00ED00BC"/>
     <w:rsid w:val="00ED16A8"/>
     <w:rsid w:val="00F0690C"/>
     <w:rsid w:val="00F47D51"/>
     <w:rsid w:val="00F51538"/>
     <w:rsid w:val="00F62B24"/>
     <w:rsid w:val="00FA1F36"/>
     <w:rsid w:val="00FB488F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1367A824"/>
   <w15:docId w15:val="{455E19C8-16E4-4477-9D6B-4A5BE92BEBC9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4929,50 +5068,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008F0C7C"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="008F0C7C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="240" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -5515,87 +5655,87 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B008FE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="00B008FE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="368339880">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1162427302">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CharitableTransactions@OhioAttorneyGeneral.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CharitableTransactions@OhioAttorneyGeneral.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -6080,80 +6220,86 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3E035CC-958B-43AB-91D7-DA508DB54501}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="f4001b29-292d-4d8e-a591-f3263d4dbb44"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{9220e248-af57-4c59-a732-bd3316cb0da9}" enabled="1" method="Privileged" siteId="{16bb85b3-d21e-4dd2-a07c-7c114cf57b55}" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>607</Words>
-  <Characters>4922</Characters>
+  <Words>635</Words>
+  <Characters>4982</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ohio Attorney General</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5518</CharactersWithSpaces>
+  <CharactersWithSpaces>5567</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>4063331</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://agnet/Documents/Branding/Sample letter template.docx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6553682</vt:i4>
       </vt:variant>
       <vt:variant>